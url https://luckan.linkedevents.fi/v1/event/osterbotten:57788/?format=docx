--- v0 (2025-12-25)
+++ v1 (2026-03-22)
@@ -21,51 +21,51 @@
 <file path=_rels/.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Palosaaren kirjasto, Pikitehtaankatu 19-23, Vaasa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>21.10.2025 tiistai</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
-        <w:t>21.10.2025-2.12.2025</w:t>
+        <w:t>21.10.2025-24.3.2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>13:00-14:00 Yhteinen tuokio runojen äärellä</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Yhteinen tuokio runojen äärellä Palosaaren kirjastossa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>0</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>